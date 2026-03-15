--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -1074,135 +1074,159 @@
           </w:tcPr>
           <w:p w14:paraId="1D2CCC5C" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="001B4D8F" w:rsidP="009B0EBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0792C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дата на ежегодна актуализация (преразглеждане) на декларацията:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA8B704" w14:textId="3EFD85B6" w:rsidR="001B4D8F" w:rsidRPr="00FF3586" w:rsidRDefault="00E4491E" w:rsidP="001B4D8F">
+          <w:p w14:paraId="5AA8B704" w14:textId="0B77A280" w:rsidR="001B4D8F" w:rsidRPr="00FF3586" w:rsidRDefault="00E4491E" w:rsidP="00E9223D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>04.09.2023</w:t>
-            </w:r>
+              <w:t>04.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9223D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="009D5C63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w14:paraId="01CFDED0" w14:textId="77777777" w:rsidTr="00134E31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3942AF82" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="001B4D8F" w:rsidP="009B0EBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0792C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дата на актуализация на декларацията след извършена оценка и съществено преработване на уебсайта или мобилното приложение:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E53D99B" w14:textId="332C3A9C" w:rsidR="001B4D8F" w:rsidRPr="00FF3586" w:rsidRDefault="00E4491E" w:rsidP="001B4D8F">
+          <w:p w14:paraId="4E53D99B" w14:textId="0E5BCC02" w:rsidR="001B4D8F" w:rsidRPr="00FF3586" w:rsidRDefault="00E4491E" w:rsidP="00E9223D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20.09.2023</w:t>
+              <w:t>20.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9223D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="009D5C63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w14:paraId="7891545C" w14:textId="77777777" w:rsidTr="00134E31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EA37A53" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="001B4D8F" w:rsidP="009B0EBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
@@ -1590,71 +1614,69 @@
               </w:rPr>
               <w:t xml:space="preserve">ул. „Гладстон“ 17 Кюстендил, ПК 2500, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3638B27E" w14:textId="3022268E" w:rsidR="001B4D8F" w:rsidRPr="00345056" w:rsidRDefault="009D5C63" w:rsidP="009D5C63">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5C63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>България</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22DA6842" w14:textId="35838C97" w:rsidR="009D1408" w:rsidRPr="00345056" w:rsidRDefault="00E4491E" w:rsidP="001B4D8F">
+          <w:p w14:paraId="22DA6842" w14:textId="35838C97" w:rsidR="009D1408" w:rsidRPr="00345056" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
+              <w:r w:rsidR="00E4491E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>info-1000061@edu.mon.bg</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w14:paraId="0D202658" w14:textId="77777777" w:rsidTr="00134E31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="062DDB32" w14:textId="60037145" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="00014457" w:rsidP="009B0EBE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
@@ -1663,51 +1685,51 @@
             </w:r>
             <w:r w:rsidR="00A3154D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">за </w:t>
             </w:r>
             <w:r w:rsidR="001B4D8F" w:rsidRPr="00B0792C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>заявление за обратна връзка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="283ED28D" w14:textId="499CB434" w:rsidR="001B4D8F" w:rsidRPr="00345056" w:rsidRDefault="007A72E8" w:rsidP="001B4D8F">
+          <w:p w14:paraId="283ED28D" w14:textId="499CB434" w:rsidR="001B4D8F" w:rsidRPr="00345056" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="009D1408" w:rsidRPr="00EE4366">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                   <w:noProof w:val="0"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://www.dg-slaveiche.com/index.php</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009D5C63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
@@ -2942,71 +2964,82 @@
           </w:tcPr>
           <w:p w14:paraId="10536DA6" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="001B4D8F" w:rsidP="009B0EBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0792C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дата на последната актуализация на уебсайта и/или мобилното приложение вследствие на съществено преработване на тяхното съдържание:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA23279" w14:textId="2CB5C125" w:rsidR="001B4D8F" w:rsidRPr="00987B80" w:rsidRDefault="00E4491E" w:rsidP="001B4D8F">
+          <w:p w14:paraId="6BA23279" w14:textId="2E902FB2" w:rsidR="001B4D8F" w:rsidRPr="00987B80" w:rsidRDefault="00E4491E" w:rsidP="00E9223D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20.09.2023</w:t>
+              <w:t>20.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9223D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00987B80">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidDel="003A3E90" w14:paraId="510C19CE" w14:textId="77777777" w:rsidTr="00134E31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2158CDBF" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidDel="003A3E90" w:rsidRDefault="001B4D8F" w:rsidP="009B0EBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000"/>
@@ -3144,61 +3177,61 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70176726" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidRDefault="001B4D8F" w:rsidP="00EA2429">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001B4D8F" w:rsidRPr="00B0792C" w:rsidSect="00E4491E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="907" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40184046" w14:textId="77777777" w:rsidR="007A72E8" w:rsidRDefault="007A72E8" w:rsidP="001B4D8F">
+    <w:p w14:paraId="61E144C3" w14:textId="77777777" w:rsidR="003B7F39" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65CE4C54" w14:textId="77777777" w:rsidR="007A72E8" w:rsidRDefault="007A72E8" w:rsidP="001B4D8F">
+    <w:p w14:paraId="21F65BCB" w14:textId="77777777" w:rsidR="003B7F39" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3250,147 +3283,147 @@
         <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:id w:val="437714047"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="311987027"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="67CA26ED" w14:textId="68A3FA1D" w:rsidR="000A2E38" w:rsidRPr="000A2E38" w:rsidRDefault="000A2E38" w:rsidP="000A2E38">
+          <w:p w14:paraId="67CA26ED" w14:textId="586227F1" w:rsidR="000A2E38" w:rsidRPr="000A2E38" w:rsidRDefault="000A2E38" w:rsidP="000A2E38">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="2E74B5"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9360"/>
                 <w:tab w:val="right" w:pos="9405"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">стр. </w:t>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E4491E">
+            <w:r w:rsidR="00E9223D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> от </w:t>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E4491E">
+            <w:r w:rsidR="00E9223D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000A2E38">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
@@ -3523,61 +3556,61 @@
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="006B53CF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78392E3D" w14:textId="77777777" w:rsidR="007A72E8" w:rsidRDefault="007A72E8" w:rsidP="001B4D8F">
+    <w:p w14:paraId="0EBB9E75" w14:textId="77777777" w:rsidR="003B7F39" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28677E66" w14:textId="77777777" w:rsidR="007A72E8" w:rsidRDefault="007A72E8" w:rsidP="001B4D8F">
+    <w:p w14:paraId="67863BA2" w14:textId="77777777" w:rsidR="003B7F39" w:rsidRDefault="003B7F39" w:rsidP="001B4D8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="70CD4A3A" w14:textId="77777777" w:rsidR="001B4D8F" w:rsidRPr="001B4D8F" w:rsidRDefault="001B4D8F" w:rsidP="001B4D8F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         <w:szCs w:val="24"/>
@@ -4464,50 +4497,51 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B4D8F"/>
     <w:rsid w:val="0000328F"/>
     <w:rsid w:val="00014457"/>
     <w:rsid w:val="000A2E38"/>
     <w:rsid w:val="000C0AC7"/>
     <w:rsid w:val="00102E86"/>
     <w:rsid w:val="00110D71"/>
     <w:rsid w:val="00134E31"/>
     <w:rsid w:val="00171375"/>
     <w:rsid w:val="0019582F"/>
     <w:rsid w:val="001B4D8F"/>
     <w:rsid w:val="001F7A9F"/>
     <w:rsid w:val="00205FEB"/>
     <w:rsid w:val="00220BAF"/>
     <w:rsid w:val="00234FFE"/>
     <w:rsid w:val="0024298D"/>
     <w:rsid w:val="002B281E"/>
     <w:rsid w:val="002C5BC6"/>
     <w:rsid w:val="002D744E"/>
     <w:rsid w:val="002F0E18"/>
     <w:rsid w:val="00345056"/>
     <w:rsid w:val="003721EC"/>
+    <w:rsid w:val="003B7F39"/>
     <w:rsid w:val="003E1AAC"/>
     <w:rsid w:val="00447969"/>
     <w:rsid w:val="00490B88"/>
     <w:rsid w:val="004B6DC0"/>
     <w:rsid w:val="004C6EB6"/>
     <w:rsid w:val="00501157"/>
     <w:rsid w:val="00516DF7"/>
     <w:rsid w:val="005C1D60"/>
     <w:rsid w:val="005C5645"/>
     <w:rsid w:val="006063AC"/>
     <w:rsid w:val="00615515"/>
     <w:rsid w:val="00617C3A"/>
     <w:rsid w:val="00676163"/>
     <w:rsid w:val="006769E6"/>
     <w:rsid w:val="00696711"/>
     <w:rsid w:val="006A63F5"/>
     <w:rsid w:val="006B31BD"/>
     <w:rsid w:val="006B53CF"/>
     <w:rsid w:val="006E2174"/>
     <w:rsid w:val="00736659"/>
     <w:rsid w:val="00741CF4"/>
     <w:rsid w:val="00773756"/>
     <w:rsid w:val="00783264"/>
     <w:rsid w:val="0079201F"/>
     <w:rsid w:val="00793DA9"/>
@@ -4551,50 +4585,51 @@
     <w:rsid w:val="00BA7A81"/>
     <w:rsid w:val="00BC1504"/>
     <w:rsid w:val="00BC2FE9"/>
     <w:rsid w:val="00BE1D8F"/>
     <w:rsid w:val="00BE3F78"/>
     <w:rsid w:val="00BE7CFD"/>
     <w:rsid w:val="00C33AC2"/>
     <w:rsid w:val="00C841F5"/>
     <w:rsid w:val="00C90A5E"/>
     <w:rsid w:val="00C95144"/>
     <w:rsid w:val="00CC4980"/>
     <w:rsid w:val="00CF6199"/>
     <w:rsid w:val="00D17913"/>
     <w:rsid w:val="00D533BA"/>
     <w:rsid w:val="00D56E6C"/>
     <w:rsid w:val="00D70B83"/>
     <w:rsid w:val="00D77CB2"/>
     <w:rsid w:val="00DF5363"/>
     <w:rsid w:val="00E321DF"/>
     <w:rsid w:val="00E33213"/>
     <w:rsid w:val="00E4491E"/>
     <w:rsid w:val="00E47666"/>
     <w:rsid w:val="00E60EB5"/>
     <w:rsid w:val="00E86EF8"/>
     <w:rsid w:val="00E90D98"/>
+    <w:rsid w:val="00E9223D"/>
     <w:rsid w:val="00EA2429"/>
     <w:rsid w:val="00EE5D23"/>
     <w:rsid w:val="00FA470D"/>
     <w:rsid w:val="00FD7F20"/>
     <w:rsid w:val="00FF3586"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -5547,51 +5582,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>707</Words>
   <Characters>4034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4732</CharactersWithSpaces>